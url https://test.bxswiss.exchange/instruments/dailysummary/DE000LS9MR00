--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb09fed22dd84b14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fd923c726f146e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R656418dee0df459d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb36e8ae5fe3d4661"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0740e69d7538459c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R656418dee0df459d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd865b0a14ad54ab8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb36e8ae5fe3d4661" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsaktien LMS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MR00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,512 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>266,108</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>