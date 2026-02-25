--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fd923c726f146e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc3ef00db1004dde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb36e8ae5fe3d4661"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re612d69fef944703"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd865b0a14ad54ab8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb36e8ae5fe3d4661" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab01868b89444cdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re612d69fef944703" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftsaktien LMS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MR00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,512 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...458 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>