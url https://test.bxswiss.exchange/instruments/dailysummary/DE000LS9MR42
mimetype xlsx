--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87cfce866bf94438" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R356fc796149e463b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2be545a72760472a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2b622df5c6943b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2184dfc77eeb4d1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2be545a72760472a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5088faf73a674c2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2b622df5c6943b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen durch Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MR42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>349,006</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,139</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>