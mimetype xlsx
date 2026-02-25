--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R356fc796149e463b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7da58b5ea8f346d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2b622df5c6943b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03c2c48ca852484b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5088faf73a674c2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2b622df5c6943b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80d807a5030e409a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03c2c48ca852484b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chancen durch Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MR42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>374,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>369,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>