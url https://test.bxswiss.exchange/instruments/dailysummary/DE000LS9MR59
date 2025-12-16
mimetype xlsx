--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a6f3cbd69db43ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41e2aeed7a9b4875" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14fecdb04db94cc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re56b3408aa6a43c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree4009d8eccc4a91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14fecdb04db94cc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63e4bf264e5a41d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re56b3408aa6a43c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental daneben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MR59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>275,519</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>