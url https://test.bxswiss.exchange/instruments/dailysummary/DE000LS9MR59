--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41e2aeed7a9b4875" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09f3121289704d66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re56b3408aa6a43c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfda35501ca2b42d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63e4bf264e5a41d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re56b3408aa6a43c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e92a46650564516" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfda35501ca2b42d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental daneben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MR59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>