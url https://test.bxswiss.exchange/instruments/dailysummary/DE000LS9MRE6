--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R520280ef748e4af9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbcebda60b734ccc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc626e9ba9cd24ae0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R591075de318f488e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R495b486811c441a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc626e9ba9cd24ae0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30c655d44b444c93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R591075de318f488e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Investing LMS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>119,567</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,207</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>