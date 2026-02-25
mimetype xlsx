--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbcebda60b734ccc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R498467b0521b4c3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R591075de318f488e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49af0b1873fd438a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30c655d44b444c93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R591075de318f488e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reec4ad3306124981" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49af0b1873fd438a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Investing LMS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>