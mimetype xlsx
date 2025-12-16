--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d36626d90894122" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R023ee2c493c44fb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5888899b44014398"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1bfc266a45442e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R393ad21a68aa4041" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5888899b44014398" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd12095024a4c4bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1bfc266a45442e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WachTraum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRR8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>100,126</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,129</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...441 lines deleted...]
-          <x:t>100,532</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,010</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>100,939</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,157</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>