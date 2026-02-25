--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R023ee2c493c44fb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74fa8d35ba324c4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1bfc266a45442e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd883e4a7ca44777"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd12095024a4c4bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1bfc266a45442e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R357649c5c8da4edc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd883e4a7ca44777" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WachTraum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRR8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,177</x:t>
-[...156 lines deleted...]
-          <x:t>100,027</x:t>
+          <x:t>100,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,370</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>100,157</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,874</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>