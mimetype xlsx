--- v0 (2025-10-03)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc145489233c94501" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa10e50db0044e21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca85ffe4f0984e09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86f2ed9d81ab4285"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b71ec5b131b408f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca85ffe4f0984e09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e380374fc964ff7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86f2ed9d81ab4285" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Games &amp; Gambling Industries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...495 lines deleted...]
-          <x:t>127,108</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>126,953</x:t>
-[...134 lines deleted...]
-          <x:t>129,462</x:t>
+          <x:t>125,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,907</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>