--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa10e50db0044e21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ba2d0c301694473" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86f2ed9d81ab4285"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2929f6d8abd34511"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e380374fc964ff7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86f2ed9d81ab4285" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b1c0b1064424f69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2929f6d8abd34511" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Games &amp; Gambling Industries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...544 lines deleted...]
-          <x:t>125,023</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,671</x:t>
-[...31 lines deleted...]
-          <x:t>123,907</x:t>
+          <x:t>125,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,261</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>