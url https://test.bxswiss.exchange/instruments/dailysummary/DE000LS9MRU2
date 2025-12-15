--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b6f356181de4753" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd835bb9c88334041" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd48bc71f16d4b5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racc2aa783bf6439e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97c89cd71c9c41aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd48bc71f16d4b5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R017006641be942f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racc2aa783bf6439e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The trend is your friend -</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>274,684</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,041</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>