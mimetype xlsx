--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd835bb9c88334041" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd14fbb52eeb8435d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racc2aa783bf6439e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82a2ddc2b5924414"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R017006641be942f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racc2aa783bf6439e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb8017c62c964d40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82a2ddc2b5924414" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The trend is your friend -</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>282,041</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>