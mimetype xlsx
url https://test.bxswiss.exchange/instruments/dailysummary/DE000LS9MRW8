--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cdb4ad68f994c06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cb7cbf5ee4a49f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd05023cf889495a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R090f20f1bc6443fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78391ec839804a3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd05023cf889495a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0cfb54dc5604442" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R090f20f1bc6443fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte by TG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>111,072</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,627</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>