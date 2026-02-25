--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cb7cbf5ee4a49f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re204df41df3e45f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R090f20f1bc6443fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4451ee7eb944246"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0cfb54dc5604442" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R090f20f1bc6443fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R474a67c12cec48a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4451ee7eb944246" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte by TG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>99,094</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,985</x:t>
-[...409 lines deleted...]
-          <x:t>100,627</x:t>
+          <x:t>100,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,186</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>