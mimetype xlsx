--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb3f4eb7840b4ea5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f32307661bd4405" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1c6727e241544d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a2f5839080c4bce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bd2fbef2fac4292" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1c6727e241544d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fd0bcd73ae74827" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a2f5839080c4bce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Only nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,571</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>87,509</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,286</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>