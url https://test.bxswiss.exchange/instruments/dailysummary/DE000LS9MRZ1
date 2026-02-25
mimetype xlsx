--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f32307661bd4405" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89045efa3312433b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a2f5839080c4bce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26fc01be90664211"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fd0bcd73ae74827" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a2f5839080c4bce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d41cd3908d44d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26fc01be90664211" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Only nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MRZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,777</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>