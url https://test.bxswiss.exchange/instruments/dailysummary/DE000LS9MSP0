--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a6c34e3d4cf42a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6347c7a7308f4805" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e65d9651b6047c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91c8e132121241b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e67a6c824b149e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e65d9651b6047c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R146a605affd240e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91c8e132121241b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Media Core</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MSP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>165,561</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>