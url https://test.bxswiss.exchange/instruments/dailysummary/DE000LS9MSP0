--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6347c7a7308f4805" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16b7d71e262d459e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91c8e132121241b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60b0ef2057344245"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R146a605affd240e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91c8e132121241b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99be535be2b14bba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60b0ef2057344245" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Media Core</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MSP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,658</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>