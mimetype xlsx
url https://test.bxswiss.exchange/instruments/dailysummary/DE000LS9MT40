--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc559751934b24cc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R090f99663ab341f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8323bdfdc577457a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cfb532c9ad944a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf85e8f34bbdf408b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8323bdfdc577457a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6aa90de780bd43c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cfb532c9ad944a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsches KGV Wunder</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MT40</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>117,462</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>