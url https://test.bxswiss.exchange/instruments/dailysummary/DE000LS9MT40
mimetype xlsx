--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R090f99663ab341f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14f17c0c7e4943e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cfb532c9ad944a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28cca3cb8b864dc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6aa90de780bd43c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cfb532c9ad944a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R691acc3072b64f5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28cca3cb8b864dc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsches KGV Wunder</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MT40</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...404 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,867</x:t>
-[...171 lines deleted...]
-          <x:t>119,955</x:t>
+          <x:t>119,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,981</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>