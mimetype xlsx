--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cdea73b1c8049d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafa99b7ee62b49c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76fb9d88fb3c4a1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c55a99ca1174b7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d16a31f5da84903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76fb9d88fb3c4a1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4851107dd7904c96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c55a99ca1174b7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Mobility Value Chain Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MTS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>167,941</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,826</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>