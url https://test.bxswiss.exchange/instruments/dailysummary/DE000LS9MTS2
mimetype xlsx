--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafa99b7ee62b49c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra682e0656b644a46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c55a99ca1174b7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56066851329241bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4851107dd7904c96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c55a99ca1174b7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35130d66f092454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56066851329241bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Mobility Value Chain Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MTS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,137</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>