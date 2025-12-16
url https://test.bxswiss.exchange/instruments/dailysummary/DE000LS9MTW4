--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0a452b1c1ee4229" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4c8ed686129452e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49dc875906924a5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc800471e2ac9457b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04c7a17ee0ea4b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49dc875906924a5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50f6f7ad67ae4112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc800471e2ac9457b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BW Shortterm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MTW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...539 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,310</x:t>
-[...63 lines deleted...]
-          <x:t>89,491</x:t>
+          <x:t>88,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>