--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4c8ed686129452e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9df492c63ba14d39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc800471e2ac9457b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6ec343f9edc46fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50f6f7ad67ae4112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc800471e2ac9457b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43a03b37d1084957" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6ec343f9edc46fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BW Shortterm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MTW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,849</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>