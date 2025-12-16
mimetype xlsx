--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d043904f1d8497c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafd5cf2d1d1444d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1457f454c0bc4552"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc6b0489de6646e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1a36ac230ac4693" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1457f454c0bc4552" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cac63f2fee54bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc6b0489de6646e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Finanzpiloten Future Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MUQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>422,594</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>