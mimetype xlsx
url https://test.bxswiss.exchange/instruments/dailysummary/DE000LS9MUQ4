--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafd5cf2d1d1444d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4756649084a494b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc6b0489de6646e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40ded12cd46f45cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cac63f2fee54bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc6b0489de6646e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf534e63357941d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40ded12cd46f45cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Finanzpiloten Future Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MUQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>410,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>414,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>407,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>413,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,332</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>