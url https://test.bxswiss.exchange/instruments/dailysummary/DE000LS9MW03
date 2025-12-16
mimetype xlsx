--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b4f70cc71dd4e62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9805c9ecd0a14341" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e39e5954dc34f3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb57fc85285d54f01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc5ab878690e41ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e39e5954dc34f3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06a515c048f940a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb57fc85285d54f01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Valuto - VALUE-TIME-OFFENSIVE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MW03</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>96,447</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,701</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>