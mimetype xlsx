--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9805c9ecd0a14341" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f70aa382cab462a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb57fc85285d54f01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ebd024d2cba4502"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06a515c048f940a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb57fc85285d54f01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb5afd5f3ce44fe4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ebd024d2cba4502" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Valuto - VALUE-TIME-OFFENSIVE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MW03</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>