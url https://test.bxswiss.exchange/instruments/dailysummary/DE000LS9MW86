--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R399ea8db637f4232" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0b3d7960be04a78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R553d60e3d1b34975"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00419f369b0b4a08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc4d527a16a8497f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R553d60e3d1b34975" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc046c3ce1c094a0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00419f369b0b4a08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rüstung Defence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MW86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>277,945</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,703</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>