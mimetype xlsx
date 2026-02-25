--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0b3d7960be04a78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeb0e631d8df4b8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00419f369b0b4a08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85ac07bd9a914e20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc046c3ce1c094a0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00419f369b0b4a08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fcd1bcabdef4792" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85ac07bd9a914e20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rüstung Defence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MW86</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>