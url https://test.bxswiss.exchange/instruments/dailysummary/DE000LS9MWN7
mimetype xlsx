--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89a0e20ae9984a2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3548774e64054a26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcf4c974af2741f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4779c3ccdf934714"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b22105a3c10496c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcf4c974af2741f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7b50bdd6fed42c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4779c3ccdf934714" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Glücklich mit Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...608 lines deleted...]
-          <x:t>129,380</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,329</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>