--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3548774e64054a26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fac308675c4461d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4779c3ccdf934714"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e00b9d7f44444bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7b50bdd6fed42c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4779c3ccdf934714" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbdb7bd364ae40c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e00b9d7f44444bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Glücklich mit Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...404 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,211</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...173 lines deleted...]
-          <x:t>131,329</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,342</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>