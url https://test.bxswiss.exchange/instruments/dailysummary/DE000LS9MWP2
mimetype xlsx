--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b8620de4c144d38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc12db677f89341eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0891e3347409443a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4a29b5e2bc54010"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6c3fa145c704258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0891e3347409443a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89536e674121463e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4a29b5e2bc54010" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Cannabis Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>13,611</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,563</x:t>
-[...114 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>13,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,538</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>13,531</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,538</x:t>
-        </x:is>
-[...305 lines deleted...]
-          <x:t>13,573</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>