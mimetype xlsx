--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc12db677f89341eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20f349d17d67408b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4a29b5e2bc54010"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R054ca2df7331480c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89536e674121463e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4a29b5e2bc54010" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cd58d5b714145c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R054ca2df7331480c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Cannabis Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWP2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,431</x:t>
-[...31 lines deleted...]
-          <x:t>13,380</x:t>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,426</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...95 lines deleted...]
-          <x:t>13,465</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,479</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>13,538</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>