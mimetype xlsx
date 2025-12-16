--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96e7870f50ab4c91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93f2b7f610d7461a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1987218410e44ba9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a5566e3625b4f51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebc5d82fb6124b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1987218410e44ba9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c6c5f48a8bf4281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a5566e3625b4f51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Term Wealth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>168,036</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>