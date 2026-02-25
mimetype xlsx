--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93f2b7f610d7461a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26ffb4e904cc475e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a5566e3625b4f51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43b2acb9ad6146b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c6c5f48a8bf4281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a5566e3625b4f51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49f110eec96842dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43b2acb9ad6146b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Term Wealth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>167,116</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>166,393</x:t>
-[...146 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>167,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>167,559</x:t>
-[...387 lines deleted...]
-          <x:t>168,290</x:t>
+          <x:t>169,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,398</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>