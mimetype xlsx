--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd8ca97bc0ed46ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc262a2f69eec458a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R651ec6c23d2f4a0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R821bd2b0c6074d17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafc7f2ffe54f411f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R651ec6c23d2f4a0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb20d9029b4d64aea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R821bd2b0c6074d17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unternehmensgewinn-Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>118,149</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>