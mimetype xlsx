--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ee32e80f8144dc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33361567a958411f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1883869fa3c44d43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a2ea0ea27d84349"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93fda079fb424d19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1883869fa3c44d43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8be675d7981c4c62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a2ea0ea27d84349" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy Crisis Shares</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>139,725</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,893</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>144,483</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,481</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>