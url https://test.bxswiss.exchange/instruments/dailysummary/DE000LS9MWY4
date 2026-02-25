--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33361567a958411f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7b80297eb48456f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a2ea0ea27d84349"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7d212525b3e42df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8be675d7981c4c62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a2ea0ea27d84349" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf516e967ea2a4412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7d212525b3e42df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy Crisis Shares</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MWY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...522 lines deleted...]
-          <x:t>163,406</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>161,651</x:t>
-[...53 lines deleted...]
-          <x:t>160,481</x:t>
+          <x:t>162,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>