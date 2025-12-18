--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R823b0c475b19493f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf576bb31e641430c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3b1423323ef4606"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a78bd4ac09b4b10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R659961da2bb441c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3b1423323ef4606" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a9657aa15364874" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a78bd4ac09b4b10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MX44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>142,046</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>