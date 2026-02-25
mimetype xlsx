--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf576bb31e641430c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf62d7423d6df4537" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a78bd4ac09b4b10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d5e4aaaee7b4384"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a9657aa15364874" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a78bd4ac09b4b10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40a1237db0964de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d5e4aaaee7b4384" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MX44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>