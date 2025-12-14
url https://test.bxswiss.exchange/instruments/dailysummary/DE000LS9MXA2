--- v0 (2025-10-01)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raab934d40b9f4df1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2570548964a14452" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe78ad250e4e453b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36ca26a3b3d64378"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c13d16ce3c7404f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe78ad250e4e453b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf2d88e68b264748" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36ca26a3b3d64378" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MF Investments Selection Austria</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>136,400</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,838</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>135,642</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,574</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>