--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82cc1fc9b0434f7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7d4a4b200574a51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R480991d7ae944f99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23d60d1dc51846d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33e120da837b4ab7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R480991d7ae944f99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89fc64a89e694b50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23d60d1dc51846d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Wide Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>160,754</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,728</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>