--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7d4a4b200574a51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7ccab4037e54502" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23d60d1dc51846d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56b905a1ed8d4869"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89fc64a89e694b50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23d60d1dc51846d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9796574cc120483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56b905a1ed8d4869" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Wide Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>