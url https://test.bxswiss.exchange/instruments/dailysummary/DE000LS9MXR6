--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R853d7d6f6fb24b69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d5b129034444077" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37590fdce32f45c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f12b9d7978b4ba6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ba75d61e92a4f21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37590fdce32f45c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R407886db4a6f4a0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f12b9d7978b4ba6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>China's Digital Giants</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>181,716</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>