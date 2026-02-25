--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d5b129034444077" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12f88e1dcca7474b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f12b9d7978b4ba6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d6f0ba9c5f845ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R407886db4a6f4a0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f12b9d7978b4ba6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R103ef4ba60114c67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d6f0ba9c5f845ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>China's Digital Giants</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>