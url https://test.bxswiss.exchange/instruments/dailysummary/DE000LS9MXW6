--- v0 (2025-10-02)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5eefac6ef544d69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb75d64f284464b27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6641a5bdb4814e7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8009e734c88f40a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5fe1401e46b4113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6641a5bdb4814e7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c97a7262e7746c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8009e734c88f40a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantico2018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>134,435</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>