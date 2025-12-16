--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a3eb73fa5e64d69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8aa533bf1d34984" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b56e937e7f8436c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0e5c05fdb4e4631"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76adc2ff969c4717" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b56e937e7f8436c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf49b7a5c78804e58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0e5c05fdb4e4631" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Austrian Value Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>201,608</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>