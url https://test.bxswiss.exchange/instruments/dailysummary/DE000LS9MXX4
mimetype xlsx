--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8aa533bf1d34984" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R291922ace2344e13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0e5c05fdb4e4631"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5331bfa1e2e0423e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf49b7a5c78804e58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0e5c05fdb4e4631" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a19273a5f0e46e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5331bfa1e2e0423e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Austrian Value Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MXX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,092</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>