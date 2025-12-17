--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref03666f2b674858" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde261a2a52834405" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd32b3a18a5c4176"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae5f908f8d1541e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9dc7c7671f14b07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd32b3a18a5c4176" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b7dae9f2fb24188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae5f908f8d1541e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wahre Werte &amp; Solide Substanz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MY43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>72,344</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,124</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>