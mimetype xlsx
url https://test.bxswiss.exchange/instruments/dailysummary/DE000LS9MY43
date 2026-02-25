--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde261a2a52834405" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfdd2bfdfe884061" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae5f908f8d1541e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01c95d30fb324e01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b7dae9f2fb24188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae5f908f8d1541e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7db3dce155f3408a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01c95d30fb324e01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wahre Werte &amp; Solide Substanz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MY43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,837</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>