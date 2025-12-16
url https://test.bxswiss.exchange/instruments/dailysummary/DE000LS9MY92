--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39535908cb374dd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b30bb9f70c2409b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac51dbab4983494f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R643fda8be8294d0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd77ae6c8a6d4611" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac51dbab4983494f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91c1d262e56240ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R643fda8be8294d0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tr4Q - Social Media Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MY92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>88,988</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>