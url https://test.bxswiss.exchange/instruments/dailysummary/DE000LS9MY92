--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b30bb9f70c2409b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d7833520aea4535" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R643fda8be8294d0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35037f670fe14954"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91c1d262e56240ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R643fda8be8294d0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82fc09bc50764d56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35037f670fe14954" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tr4Q - Social Media Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MY92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,559</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>