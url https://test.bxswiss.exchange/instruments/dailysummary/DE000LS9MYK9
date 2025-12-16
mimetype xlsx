--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f9786a6024a4574" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ebea4132af24b63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e3698cb32b8442d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R286a9d24802a47ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f0753ff4ac0456b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e3698cb32b8442d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9dd7d51d14d4f36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R286a9d24802a47ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Titel - Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>105,072</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,191</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>107,968</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>