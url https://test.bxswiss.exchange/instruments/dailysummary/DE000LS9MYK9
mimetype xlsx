--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ebea4132af24b63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71bb5e11e8bf4df6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R286a9d24802a47ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73a2e03f810146a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9dd7d51d14d4f36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R286a9d24802a47ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dd6dd777a5844c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73a2e03f810146a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Titel - Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,338</x:t>
-[...198 lines deleted...]
-          <x:t>108,591</x:t>
+          <x:t>108,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,787</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>