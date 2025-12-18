--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64bd580a51534480" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R721d0a6ee1e14dcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47830aee41e34a14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd151949364254665"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra09799a458da4c5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47830aee41e34a14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R894bca06e49c463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd151949364254665" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Val Fex Pure Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>101,744</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,701</x:t>
-[...166 lines deleted...]
-          <x:t>100,256</x:t>
+          <x:t>102,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,483</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>