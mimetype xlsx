--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R721d0a6ee1e14dcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfffe04fbd3e34da4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd151949364254665"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3a524c2ee354e23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R894bca06e49c463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd151949364254665" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bc56a3bee0e476f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3a524c2ee354e23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Val Fex Pure Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,626 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...168 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,266</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>101,483</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>