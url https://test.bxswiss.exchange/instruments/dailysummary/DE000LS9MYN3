--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd68be84cac440d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe440c89cb944701" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafa0c41986844b46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce0f5e5832fe4dc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea053600f766480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafa0c41986844b46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7122f55316142fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce0f5e5832fe4dc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investment World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>296,471</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,452</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>