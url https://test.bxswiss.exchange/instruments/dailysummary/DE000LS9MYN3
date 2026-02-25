--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe440c89cb944701" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66b876257d17478c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce0f5e5832fe4dc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5122a31498e240f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7122f55316142fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce0f5e5832fe4dc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9150bf00c07a42ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5122a31498e240f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investment World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,907</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>