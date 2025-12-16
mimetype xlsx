--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R266bf230d9ef466b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19792cf2588247f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23cc047037b44c61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a95f4c0efc74b18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f3c3b0b33bf4898" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23cc047037b44c61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89245c550fba4ae4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a95f4c0efc74b18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalMed</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>110,076</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>