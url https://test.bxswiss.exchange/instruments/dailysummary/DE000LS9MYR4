--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b2d63d40d474887" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R452b5c89c6d54909" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3632d80c0d148ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8564263c8b94fa1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd77173c13beb49fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3632d80c0d148ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19367808020147fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8564263c8b94fa1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internet of Things | IoT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>809,535</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>817,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>839,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>838,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>850,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>825,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>831,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>818,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>816,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>838,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>808,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>812,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>822,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>831,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>813,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>830,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>828,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>813,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>825,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>838,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>815,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>826,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>823,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>825,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>832,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>816,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>817,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>825,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>822,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>828,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>834,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>838,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>826,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>828,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>833,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>823,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>833,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>833,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>838,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>840,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>850,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>838,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>840,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>847,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>847,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>826,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>831,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>812,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>823,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>832,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>808,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>