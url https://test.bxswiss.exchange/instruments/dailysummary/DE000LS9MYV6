--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a2a6c07cc3d41ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a1bfd84e71b41bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07235f2466b7470e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59a4f92fde5a4acd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R507e82c2729d40ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07235f2466b7470e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e1fbfab68074522" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59a4f92fde5a4acd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KE-Titanen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>122,992</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>