--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a1bfd84e71b41bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re73cdbb026404d9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59a4f92fde5a4acd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67a4d11f83a24005"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e1fbfab68074522" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59a4f92fde5a4acd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raed360c35f9349ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67a4d11f83a24005" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KE-Titanen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MYV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>120,574</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,398</x:t>
-[...156 lines deleted...]
-          <x:t>122,404</x:t>
+          <x:t>120,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,144</x:t>
-[...60 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>121,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,255</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...254 lines deleted...]
-          <x:t>121,394</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,601</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>