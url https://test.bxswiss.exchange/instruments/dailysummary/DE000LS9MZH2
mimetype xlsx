--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd60130fc70d84de5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R492e737f85ef4c31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c266ed5e5394179"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R816af5baf6084563"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc91c77291d2d405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c266ed5e5394179" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07385a784b3d4f19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R816af5baf6084563" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltraum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>239,926</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,142</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>