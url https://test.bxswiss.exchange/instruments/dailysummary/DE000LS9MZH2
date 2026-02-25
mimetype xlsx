--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R492e737f85ef4c31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0a35b87cc764158" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R816af5baf6084563"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red1a0c3b85974bae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07385a784b3d4f19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R816af5baf6084563" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04a1d7f0298c4302" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red1a0c3b85974bae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltraum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>247,171</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,003</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...182 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>