--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bdafe4d1e3a4ff4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a7564fbeac84772" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17b35d7bb9344170"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a9b9172226c4047"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f70e1b5ca394e5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17b35d7bb9344170" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7c96ac078024333" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a9b9172226c4047" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lithium, Kobalt, Graphit &amp; Co</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>51,065</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,696</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>