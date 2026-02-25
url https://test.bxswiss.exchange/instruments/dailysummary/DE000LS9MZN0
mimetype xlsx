--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a7564fbeac84772" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37293d1b0d8b4a53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a9b9172226c4047"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f447ce813bd4f50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7c96ac078024333" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a9b9172226c4047" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4123b0b790894337" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f447ce813bd4f50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lithium, Kobalt, Graphit &amp; Co</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,397</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,482</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>