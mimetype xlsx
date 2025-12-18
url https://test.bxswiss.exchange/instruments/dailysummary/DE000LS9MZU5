--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ee2873f355c45a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6a6e6e797144ff7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84b7f96527ef4c5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5e1ec73a2634401"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa48592b9e414cf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84b7f96527ef4c5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0358aeae518b4bc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5e1ec73a2634401" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DACH+ Quality Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MZU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>259,870</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>