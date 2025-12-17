--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01686a1a9d094b00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4baf756db7724c5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd71b51cb41744de6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R905ff5da5bdb48a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R518a6a305ef8447d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd71b51cb41744de6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d76357ae7c1462c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R905ff5da5bdb48a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The four A's and more.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>146,372</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,999</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>