--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4baf756db7724c5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f569db0cafe4e7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R905ff5da5bdb48a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf0b01b3737146e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d76357ae7c1462c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R905ff5da5bdb48a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R943e724890874c45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf0b01b3737146e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The four A's and more.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,623</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>