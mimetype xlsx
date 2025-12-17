--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c63c541cd3f4377" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1a9d1f0674843b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3215fecfad04ca5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29a7b92eff38422a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51a4e54901bb4977" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3215fecfad04ca5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b90f5f33c194c1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29a7b92eff38422a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>gefallene Value-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>89,835</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>