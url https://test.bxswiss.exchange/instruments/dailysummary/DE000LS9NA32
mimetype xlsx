--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1a9d1f0674843b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7991cc609e084539" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29a7b92eff38422a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R980da3508b7f4f36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b90f5f33c194c1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29a7b92eff38422a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6975f11f28f49c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R980da3508b7f4f36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>gefallene Value-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,996</x:t>
-[...225 lines deleted...]
-          <x:t>94,185</x:t>
+          <x:t>93,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>