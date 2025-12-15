--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e6b16e9e5b84cb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3748afb2e064956" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7803be6116b34fc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53bbdb8b93d24b14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78085d00bdff4afc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7803be6116b34fc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R637429e81e064968" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53bbdb8b93d24b14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Eine Aktie ins Glück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>83,779</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,935</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>83,866</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,923</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>84,060</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,808</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>