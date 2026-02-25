--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3748afb2e064956" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84eea66cac844804" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53bbdb8b93d24b14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R311ed2ae21984c48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R637429e81e064968" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53bbdb8b93d24b14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R924a2902bfd44f70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R311ed2ae21984c48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Eine Aktie ins Glück</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>83,542</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,408</x:t>
-[...431 lines deleted...]
-          <x:t>83,808</x:t>
+          <x:t>83,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>