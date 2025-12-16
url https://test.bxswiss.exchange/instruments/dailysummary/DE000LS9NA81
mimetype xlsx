--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e48339b0f0f40e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b5ecc9ad1614ca4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2caa3837997344c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f4ab5d039b74a17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9960245298644698" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2caa3837997344c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26d262d1c07c42a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f4ab5d039b74a17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FuReVest: Future Relevance Inv.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA81</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>439,929</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>