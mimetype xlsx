--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b5ecc9ad1614ca4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R587565a7977f4972" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f4ab5d039b74a17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ccee019f1454e69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26d262d1c07c42a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f4ab5d039b74a17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd109839675c94be0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ccee019f1454e69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FuReVest: Future Relevance Inv.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NA81</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>427,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>428,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>425,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>428,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>