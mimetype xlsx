--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd77a03ee65e14303" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R867b70b94b774349" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc3a9e00666e40ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9e51f1d9e094216"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42fa64d9c45640b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc3a9e00666e40ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R419b6588aa7e4d13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9e51f1d9e094216" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Economic Moat - let it grow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>258,931</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,993</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>