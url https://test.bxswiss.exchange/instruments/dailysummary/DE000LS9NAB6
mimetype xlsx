--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R867b70b94b774349" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97a709185a004c22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9e51f1d9e094216"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0990cd0cd9c3425d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R419b6588aa7e4d13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9e51f1d9e094216" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f6acf087339462a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0990cd0cd9c3425d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Economic Moat - let it grow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAB6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,748</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>