--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra676d904143f4b75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5756d82d477c4072" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05f2fabf893a4cb5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb35048adc9c4031"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf9fec9edb7440ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05f2fabf893a4cb5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaa7dccb972e4f8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb35048adc9c4031" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stars and Stripes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>334,774</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>