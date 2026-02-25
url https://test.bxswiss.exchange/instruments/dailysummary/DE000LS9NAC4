--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5756d82d477c4072" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R569cbb80e6da4de1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb35048adc9c4031"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R165321b99d1949be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaa7dccb972e4f8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb35048adc9c4031" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb7b862d86864815" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R165321b99d1949be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stars and Stripes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>