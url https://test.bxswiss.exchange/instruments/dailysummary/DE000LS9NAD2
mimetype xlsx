--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59e73b6ef0d44c4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92b063d50c46422e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4d3561fbbf643a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4accc4d9c76b4fb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R759d43e781aa4e1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4d3561fbbf643a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae75375e571247f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4accc4d9c76b4fb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digitale Startups &amp; Aufsteiger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,512 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>172,498</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,703</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...465 lines deleted...]
-          <x:t>180,155</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>