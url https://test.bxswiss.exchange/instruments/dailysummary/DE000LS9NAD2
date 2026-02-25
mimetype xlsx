--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92b063d50c46422e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24b650b056814eeb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4accc4d9c76b4fb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ced3c5d64a94850"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae75375e571247f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4accc4d9c76b4fb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09f8280393c24900" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ced3c5d64a94850" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digitale Startups &amp; Aufsteiger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,512 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...167 lines deleted...]
-          <x:t>173,091</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>172,742</x:t>
-[...259 lines deleted...]
-          <x:t>173,604</x:t>
+          <x:t>171,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>171,522</x:t>
-[...31 lines deleted...]
-          <x:t>173,320</x:t>
+          <x:t>174,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>