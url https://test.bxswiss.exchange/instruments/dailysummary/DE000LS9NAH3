--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3d0c07010bb43ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20abd67388234243" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52dde2037f484f2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refdf8b94f01345d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2acf50c9a2f14a4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52dde2037f484f2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1dc73f27f704c83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refdf8b94f01345d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europe Top30 stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>153,979</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>