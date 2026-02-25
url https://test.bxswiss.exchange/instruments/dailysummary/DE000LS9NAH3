--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20abd67388234243" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf436f518228a42e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refdf8b94f01345d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ea28564a4fb42e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1dc73f27f704c83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refdf8b94f01345d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0e79336d6d245df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ea28564a4fb42e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europe Top30 stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...409 lines deleted...]
-          <x:t>157,487</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,486</x:t>
-[...43 lines deleted...]
-          <x:t>157,381</x:t>
+          <x:t>158,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,265</x:t>
-[...112 lines deleted...]
-          <x:t>158,630</x:t>
+          <x:t>157,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>