--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree629246b9dd4c78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5843166a4de43e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fdbd760deb5420a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dcbdb3bd0ab4ee2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R616370b8bb714306" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fdbd760deb5420a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1512ff3a15c74daf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dcbdb3bd0ab4ee2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sustainable Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>88,334</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>