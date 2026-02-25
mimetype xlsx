--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5843166a4de43e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd67eadfbdbcf46fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dcbdb3bd0ab4ee2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74328daaea1248f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1512ff3a15c74daf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dcbdb3bd0ab4ee2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R896290e60ec94f7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74328daaea1248f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sustainable Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NAM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>18.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,582</x:t>
-[...549 lines deleted...]
-          <x:t>82,024</x:t>
+          <x:t>80,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>