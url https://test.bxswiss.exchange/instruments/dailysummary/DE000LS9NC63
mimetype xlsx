--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5097a1c52cd844fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac19a0e014924422" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R992c380f8cd144ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcabb5f5b2e404412"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7795dffbee8e4f72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R992c380f8cd144ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R945377e578fb41f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcabb5f5b2e404412" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ValueInvestor Fokus-Anlage</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NC63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>179,784</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,907</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>