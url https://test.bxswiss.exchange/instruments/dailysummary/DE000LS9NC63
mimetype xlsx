--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac19a0e014924422" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6717f7bff50b4ccd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcabb5f5b2e404412"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6d4ec7d69084972"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R945377e578fb41f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcabb5f5b2e404412" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00aafee22fed4f51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6d4ec7d69084972" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ValueInvestor Fokus-Anlage</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NC63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...490 lines deleted...]
-          <x:t>191,016</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>190,990</x:t>
-[...85 lines deleted...]
-          <x:t>188,907</x:t>
+          <x:t>192,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>