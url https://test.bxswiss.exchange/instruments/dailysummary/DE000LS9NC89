--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcd3a264cfdf4a3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5959f7f095de4d97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R699efcaa817244a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref5005ab2d654a1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19e7ed2ef7a141e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R699efcaa817244a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf51281657b8b4aab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref5005ab2d654a1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden-Stars langfristig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NC89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>91,713</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,204</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>91,616</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,360</x:t>
-[...355 lines deleted...]
-          <x:t>92,316</x:t>
+          <x:t>91,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>