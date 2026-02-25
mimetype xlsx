--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5959f7f095de4d97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f28391d4e9c497a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref5005ab2d654a1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20c3c1f333904457"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf51281657b8b4aab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref5005ab2d654a1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10e61deb373d4178" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20c3c1f333904457" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden-Stars langfristig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NC89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,425</x:t>
-[...279 lines deleted...]
-          <x:t>91,473</x:t>
+          <x:t>91,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,568</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>