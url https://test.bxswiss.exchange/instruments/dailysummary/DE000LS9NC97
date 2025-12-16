--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29e1b05cd7ed496a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44aa9c0c4d5943c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb4fb75862a64ad1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0aee5ced8843411e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f15ff0b5603483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb4fb75862a64ad1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55356979edc94834" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0aee5ced8843411e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Omega-3-Worlds End</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NC97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,512 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>476,974</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,364</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>