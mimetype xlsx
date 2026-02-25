--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44aa9c0c4d5943c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfae8935849dc4f5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0aee5ced8843411e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R990e305be3d64909"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55356979edc94834" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0aee5ced8843411e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa437bfacb244dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R990e305be3d64909" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Omega-3-Worlds End</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NC97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,512 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...458 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>421,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>423,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>418,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>420,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,398</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>